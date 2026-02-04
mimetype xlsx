--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -17,51 +17,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="18">
   <si>
     <t>แบบสรุปผลสัมฤทธิ์ทางการเรียน วก.15</t>
   </si>
   <si>
-    <t>กลุ่มสาระการเรียนรู้วิทยาศาสตร์และเทคโนโลยี</t>
+    <t>ภาพรวมทุกกลุ่มสาระการเรียนรู้</t>
   </si>
   <si>
     <t>ระดับชั้น</t>
   </si>
   <si>
     <t>ระดับผลการเรียน</t>
   </si>
   <si>
     <t>รวมนักเรียนทั้งหมด</t>
   </si>
   <si>
     <t>นักเรียนที่มีผลการเรียน</t>
   </si>
   <si>
     <t>นักเรียนที่รอผลการเรียน(ร)</t>
   </si>
   <si>
     <t>ค่าเฉลี่ย "x̄"</t>
   </si>
   <si>
     <t>ร</t>
   </si>
   <si>
     <t>มส</t>
   </si>
@@ -579,686 +579,686 @@
       <c r="G4" s="3">
         <v>1.5</v>
       </c>
       <c r="H4" s="3">
         <v>1</v>
       </c>
       <c r="I4" s="3">
         <v>0</v>
       </c>
       <c r="J4" s="3" t="s">
         <v>8</v>
       </c>
       <c r="K4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="L4" s="3"/>
       <c r="M4" s="3"/>
       <c r="N4" s="3"/>
       <c r="O4" s="3"/>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="B5" s="4">
-        <v>18</v>
+        <v>279</v>
       </c>
       <c r="C5" s="4">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="D5" s="4">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="E5" s="4">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F5" s="4">
+        <v>3</v>
+      </c>
+      <c r="G5" s="4">
         <v>2</v>
       </c>
-      <c r="G5" s="4">
+      <c r="H5" s="4">
+        <v>4</v>
+      </c>
+      <c r="I5" s="4">
         <v>1</v>
       </c>
-      <c r="H5" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="J5" s="4">
         <v>0</v>
       </c>
       <c r="K5" s="4">
         <v>0</v>
       </c>
       <c r="L5" s="4">
-        <v>68</v>
+        <v>369</v>
       </c>
       <c r="M5" s="4">
-        <v>68</v>
+        <v>369</v>
       </c>
       <c r="N5" s="4">
         <v>0</v>
       </c>
       <c r="O5" s="4">
-        <v>3.17</v>
+        <v>3.73</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="5">
-        <v>26.47</v>
+        <v>75.61</v>
       </c>
       <c r="C6" s="5">
-        <v>8.82</v>
+        <v>7.32</v>
       </c>
       <c r="D6" s="5">
-        <v>42.65</v>
+        <v>10.57</v>
       </c>
       <c r="E6" s="5">
-        <v>17.65</v>
+        <v>3.79</v>
       </c>
       <c r="F6" s="5">
-        <v>2.94</v>
+        <v>0.81</v>
       </c>
       <c r="G6" s="5">
-        <v>1.47</v>
+        <v>0.54</v>
       </c>
       <c r="H6" s="5">
-        <v>0.0</v>
+        <v>1.08</v>
       </c>
       <c r="I6" s="5">
-        <v>0.0</v>
+        <v>0.27</v>
       </c>
       <c r="J6" s="5">
         <v>0.0</v>
       </c>
       <c r="K6" s="5">
         <v>0.0</v>
       </c>
       <c r="L6" s="5">
         <v>100.0</v>
       </c>
       <c r="M6" s="5">
         <v>100.0</v>
       </c>
       <c r="N6" s="5">
         <v>0.0</v>
       </c>
       <c r="O6" s="5"/>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B7" s="4">
-        <v>30</v>
+        <v>455</v>
       </c>
       <c r="C7" s="4">
-        <v>0</v>
+        <v>179</v>
       </c>
       <c r="D7" s="4">
-        <v>0</v>
+        <v>123</v>
       </c>
       <c r="E7" s="4">
-        <v>0</v>
+        <v>167</v>
       </c>
       <c r="F7" s="4">
-        <v>0</v>
+        <v>94</v>
       </c>
       <c r="G7" s="4">
-        <v>0</v>
+        <v>43</v>
       </c>
       <c r="H7" s="4">
-        <v>0</v>
+        <v>31</v>
       </c>
       <c r="I7" s="4">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="J7" s="4">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="K7" s="4">
         <v>0</v>
       </c>
       <c r="L7" s="4">
-        <v>30</v>
+        <v>1122</v>
       </c>
       <c r="M7" s="4">
-        <v>30</v>
+        <v>1112</v>
       </c>
       <c r="N7" s="4">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="O7" s="4">
-        <v>4.0</v>
+        <v>3.16</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="5">
-        <v>100.0</v>
+        <v>40.55</v>
       </c>
       <c r="C8" s="5">
-        <v>0.0</v>
+        <v>15.95</v>
       </c>
       <c r="D8" s="5">
-        <v>0.0</v>
+        <v>10.96</v>
       </c>
       <c r="E8" s="5">
-        <v>0.0</v>
+        <v>14.88</v>
       </c>
       <c r="F8" s="5">
-        <v>0.0</v>
+        <v>8.38</v>
       </c>
       <c r="G8" s="5">
-        <v>0.0</v>
+        <v>3.83</v>
       </c>
       <c r="H8" s="5">
-        <v>0.0</v>
+        <v>2.76</v>
       </c>
       <c r="I8" s="5">
-        <v>0.0</v>
+        <v>1.78</v>
       </c>
       <c r="J8" s="5">
-        <v>0.0</v>
+        <v>0.89</v>
       </c>
       <c r="K8" s="5">
         <v>0.0</v>
       </c>
       <c r="L8" s="5">
         <v>100.0</v>
       </c>
       <c r="M8" s="5">
-        <v>100.0</v>
+        <v>99.11</v>
       </c>
       <c r="N8" s="5">
-        <v>0.0</v>
+        <v>0.89</v>
       </c>
       <c r="O8" s="5"/>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" s="3" t="s">
         <v>13</v>
       </c>
       <c r="B9" s="4">
-        <v>125</v>
+        <v>276</v>
       </c>
       <c r="C9" s="4">
+        <v>135</v>
+      </c>
+      <c r="D9" s="4">
         <v>67</v>
       </c>
-      <c r="D9" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="E9" s="4">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="F9" s="4">
+        <v>5</v>
+      </c>
+      <c r="G9" s="4">
+        <v>3</v>
+      </c>
+      <c r="H9" s="4">
+        <v>0</v>
+      </c>
+      <c r="I9" s="4">
+        <v>4</v>
+      </c>
+      <c r="J9" s="4">
         <v>1</v>
       </c>
-      <c r="G9" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="K9" s="4">
         <v>0</v>
       </c>
       <c r="L9" s="4">
-        <v>262</v>
+        <v>535</v>
       </c>
       <c r="M9" s="4">
-        <v>262</v>
+        <v>534</v>
       </c>
       <c r="N9" s="4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="O9" s="4">
-        <v>3.52</v>
+        <v>3.56</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B10" s="5">
-        <v>47.71</v>
+        <v>51.59</v>
       </c>
       <c r="C10" s="5">
-        <v>25.57</v>
+        <v>25.23</v>
       </c>
       <c r="D10" s="5">
-        <v>13.36</v>
+        <v>12.52</v>
       </c>
       <c r="E10" s="5">
-        <v>12.21</v>
+        <v>8.22</v>
       </c>
       <c r="F10" s="5">
-        <v>0.38</v>
+        <v>0.93</v>
       </c>
       <c r="G10" s="5">
-        <v>0.0</v>
+        <v>0.56</v>
       </c>
       <c r="H10" s="5">
         <v>0.0</v>
       </c>
       <c r="I10" s="5">
-        <v>0.76</v>
+        <v>0.75</v>
       </c>
       <c r="J10" s="5">
-        <v>0.0</v>
+        <v>0.19</v>
       </c>
       <c r="K10" s="5">
         <v>0.0</v>
       </c>
       <c r="L10" s="5">
         <v>100.0</v>
       </c>
       <c r="M10" s="5">
-        <v>100.0</v>
+        <v>99.81</v>
       </c>
       <c r="N10" s="5">
-        <v>0.0</v>
+        <v>0.19</v>
       </c>
       <c r="O10" s="5"/>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" s="3" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="4">
-        <v>0</v>
+        <v>115</v>
       </c>
       <c r="C11" s="4">
-        <v>0</v>
+        <v>73</v>
       </c>
       <c r="D11" s="4">
-        <v>0</v>
+        <v>39</v>
       </c>
       <c r="E11" s="4">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="F11" s="4">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G11" s="4">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H11" s="4">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I11" s="4">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="J11" s="4">
         <v>0</v>
       </c>
       <c r="K11" s="4">
         <v>0</v>
       </c>
       <c r="L11" s="4">
-        <v>0</v>
+        <v>279</v>
       </c>
       <c r="M11" s="4">
-        <v>0</v>
+        <v>279</v>
       </c>
       <c r="N11" s="4">
         <v>0</v>
       </c>
       <c r="O11" s="4">
-        <v>0.0</v>
+        <v>3.33</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="5">
-        <v>0</v>
+        <v>41.22</v>
       </c>
       <c r="C12" s="5">
-        <v>0</v>
+        <v>26.16</v>
       </c>
       <c r="D12" s="5">
-        <v>0</v>
+        <v>13.98</v>
       </c>
       <c r="E12" s="5">
-        <v>0</v>
+        <v>6.45</v>
       </c>
       <c r="F12" s="5">
-        <v>0</v>
+        <v>7.17</v>
       </c>
       <c r="G12" s="5">
-        <v>0</v>
+        <v>1.79</v>
       </c>
       <c r="H12" s="5">
-        <v>0</v>
+        <v>1.08</v>
       </c>
       <c r="I12" s="5">
-        <v>0</v>
+        <v>2.15</v>
       </c>
       <c r="J12" s="5">
-        <v>0</v>
+        <v>0.0</v>
       </c>
       <c r="K12" s="5">
-        <v>0</v>
+        <v>0.0</v>
       </c>
       <c r="L12" s="5">
         <v>100.0</v>
       </c>
       <c r="M12" s="5">
-        <v>0</v>
+        <v>100.0</v>
       </c>
       <c r="N12" s="5">
-        <v>0</v>
+        <v>0.0</v>
       </c>
       <c r="O12" s="5"/>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" s="3" t="s">
         <v>15</v>
       </c>
       <c r="B13" s="4">
-        <v>93</v>
+        <v>237</v>
       </c>
       <c r="C13" s="4">
-        <v>48</v>
+        <v>94</v>
       </c>
       <c r="D13" s="4">
+        <v>36</v>
+      </c>
+      <c r="E13" s="4">
+        <v>6</v>
+      </c>
+      <c r="F13" s="4">
         <v>7</v>
       </c>
-      <c r="E13" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="G13" s="4">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H13" s="4">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I13" s="4">
         <v>0</v>
       </c>
       <c r="J13" s="4">
         <v>0</v>
       </c>
       <c r="K13" s="4">
         <v>0</v>
       </c>
       <c r="L13" s="4">
-        <v>150</v>
+        <v>389</v>
       </c>
       <c r="M13" s="4">
-        <v>150</v>
+        <v>389</v>
       </c>
       <c r="N13" s="4">
         <v>0</v>
       </c>
       <c r="O13" s="4">
-        <v>3.77</v>
+        <v>3.66</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="5">
-        <v>62.0</v>
+        <v>60.93</v>
       </c>
       <c r="C14" s="5">
-        <v>32.0</v>
+        <v>24.16</v>
       </c>
       <c r="D14" s="5">
-        <v>4.67</v>
+        <v>9.25</v>
       </c>
       <c r="E14" s="5">
-        <v>0.67</v>
+        <v>1.54</v>
       </c>
       <c r="F14" s="5">
-        <v>0.67</v>
+        <v>1.8</v>
       </c>
       <c r="G14" s="5">
-        <v>0.0</v>
+        <v>1.03</v>
       </c>
       <c r="H14" s="5">
-        <v>0.0</v>
+        <v>1.29</v>
       </c>
       <c r="I14" s="5">
         <v>0.0</v>
       </c>
       <c r="J14" s="5">
         <v>0.0</v>
       </c>
       <c r="K14" s="5">
         <v>0.0</v>
       </c>
       <c r="L14" s="5">
         <v>100.0</v>
       </c>
       <c r="M14" s="5">
         <v>100.0</v>
       </c>
       <c r="N14" s="5">
         <v>0.0</v>
       </c>
       <c r="O14" s="5"/>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" s="3" t="s">
         <v>16</v>
       </c>
       <c r="B15" s="4">
+        <v>121</v>
+      </c>
+      <c r="C15" s="4">
+        <v>74</v>
+      </c>
+      <c r="D15" s="4">
+        <v>87</v>
+      </c>
+      <c r="E15" s="4">
+        <v>23</v>
+      </c>
+      <c r="F15" s="4">
         <v>9</v>
       </c>
-      <c r="C15" s="4">
-[...2 lines deleted...]
-      <c r="D15" s="4">
+      <c r="G15" s="4">
+        <v>7</v>
+      </c>
+      <c r="H15" s="4">
         <v>5</v>
       </c>
-      <c r="E15" s="4">
-[...10 lines deleted...]
-      </c>
       <c r="I15" s="4">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="J15" s="4">
         <v>0</v>
       </c>
       <c r="K15" s="4">
         <v>0</v>
       </c>
       <c r="L15" s="4">
-        <v>22</v>
+        <v>335</v>
       </c>
       <c r="M15" s="4">
-        <v>22</v>
+        <v>335</v>
       </c>
       <c r="N15" s="4">
         <v>0</v>
       </c>
       <c r="O15" s="4">
-        <v>3.5</v>
+        <v>3.27</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="5">
-        <v>40.91</v>
+        <v>36.12</v>
       </c>
       <c r="C16" s="5">
-        <v>27.27</v>
+        <v>22.09</v>
       </c>
       <c r="D16" s="5">
-        <v>22.73</v>
+        <v>25.97</v>
       </c>
       <c r="E16" s="5">
-        <v>9.09</v>
+        <v>6.87</v>
       </c>
       <c r="F16" s="5">
-        <v>0.0</v>
+        <v>2.69</v>
       </c>
       <c r="G16" s="5">
-        <v>0.0</v>
+        <v>2.09</v>
       </c>
       <c r="H16" s="5">
-        <v>0.0</v>
+        <v>1.49</v>
       </c>
       <c r="I16" s="5">
-        <v>0.0</v>
+        <v>2.69</v>
       </c>
       <c r="J16" s="5">
         <v>0.0</v>
       </c>
       <c r="K16" s="5">
         <v>0.0</v>
       </c>
       <c r="L16" s="5">
         <v>100.0</v>
       </c>
       <c r="M16" s="5">
         <v>100.0</v>
       </c>
       <c r="N16" s="5">
         <v>0.0</v>
       </c>
       <c r="O16" s="5"/>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" s="3" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="3">
-        <v>275</v>
+        <v>1483</v>
       </c>
       <c r="C17" s="3">
-        <v>127</v>
+        <v>582</v>
       </c>
       <c r="D17" s="3">
-        <v>76</v>
+        <v>391</v>
       </c>
       <c r="E17" s="3">
-        <v>47</v>
+        <v>272</v>
       </c>
       <c r="F17" s="3">
-        <v>4</v>
+        <v>138</v>
       </c>
       <c r="G17" s="3">
-        <v>1</v>
+        <v>64</v>
       </c>
       <c r="H17" s="3">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="I17" s="3">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="J17" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="K17" s="3">
         <v>0</v>
       </c>
       <c r="L17" s="3">
-        <v>532</v>
+        <v>3029</v>
       </c>
       <c r="M17" s="3">
-        <v>532</v>
+        <v>3018</v>
       </c>
       <c r="N17" s="3">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="O17" s="3">
-        <v>3.57</v>
+        <v>3.39</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" s="3" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="3">
-        <v>51.69</v>
+        <v>48.96</v>
       </c>
       <c r="C18" s="3">
-        <v>23.87</v>
+        <v>19.21</v>
       </c>
       <c r="D18" s="3">
-        <v>14.29</v>
+        <v>12.91</v>
       </c>
       <c r="E18" s="3">
-        <v>8.83</v>
+        <v>8.98</v>
       </c>
       <c r="F18" s="3">
-        <v>0.75</v>
+        <v>4.56</v>
       </c>
       <c r="G18" s="3">
-        <v>0.19</v>
+        <v>2.11</v>
       </c>
       <c r="H18" s="3">
-        <v>0.0</v>
+        <v>1.58</v>
       </c>
       <c r="I18" s="3">
-        <v>0.38</v>
+        <v>1.32</v>
       </c>
       <c r="J18" s="3">
-        <v>0.0</v>
+        <v>0.36</v>
       </c>
       <c r="K18" s="3">
         <v>0.0</v>
       </c>
       <c r="L18" s="3">
         <v>100.0</v>
       </c>
       <c r="M18" s="3">
-        <v>100.0</v>
+        <v>99.64</v>
       </c>
       <c r="N18" s="3">
-        <v>0.0</v>
+        <v>0.36</v>
       </c>
       <c r="O18" s="3"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>
     <mergeCell ref="B3:K3"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="L3:L4"/>
     <mergeCell ref="M3:M4"/>
     <mergeCell ref="N3:N4"/>
     <mergeCell ref="O3:O4"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>